--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -1,81 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="22FD068B" w14:textId="52DA2DA4" w:rsidR="004268B6" w:rsidRDefault="003D0E9B" w:rsidP="004268B6">
+    <w:p w14:paraId="22FD068B" w14:textId="3C94C3DB" w:rsidR="004268B6" w:rsidRDefault="00D7637E" w:rsidP="004268B6">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-AT"/>
         </w:rPr>
-        <w:t>Rezension des Beitrages</w:t>
+        <w:t>Gutachten zum</w:t>
       </w:r>
+      <w:r w:rsidR="003D0E9B">
+        <w:rPr>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beitrag</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00C80738">
         <w:rPr>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C80738" w:rsidRPr="00D640E2">
         <w:t>№</w:t>
       </w:r>
       <w:r w:rsidR="00353416">
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">   :</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="20A52759" w14:textId="57A14C10" w:rsidR="00077764" w:rsidRPr="009574B5" w:rsidRDefault="00077764" w:rsidP="009574B5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009574B5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Art des Beitrags:</w:t>
       </w:r>
       <w:r w:rsidR="009574B5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54DBAA52" w14:textId="61EFE05F" w:rsidR="008070F6" w:rsidRPr="009574B5" w:rsidRDefault="003D0E9B" w:rsidP="009574B5">
       <w:pPr>
@@ -1787,60 +1791,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-AT"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="003D0E9B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-AT"/>
               </w:rPr>
               <w:t xml:space="preserve">.) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-AT"/>
               </w:rPr>
               <w:t>Unterrichtspraktischer Nutzen</w:t>
             </w:r>
             <w:r w:rsidRPr="003D0E9B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-AT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t>(bei</w:t>
+              <w:t xml:space="preserve"> (bei</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-AT"/>
               </w:rPr>
               <w:t xml:space="preserve"> didaktischen</w:t>
             </w:r>
             <w:r w:rsidRPr="003D0E9B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-AT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003D0E9B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="de-AT"/>
               </w:rPr>
               <w:t>Best-Practice</w:t>
             </w:r>
             <w:r w:rsidRPr="003D0E9B">
@@ -2248,61 +2243,61 @@
     <w:p w14:paraId="0855D92D" w14:textId="77777777" w:rsidR="004268B6" w:rsidRPr="003D0E9B" w:rsidRDefault="004268B6" w:rsidP="00817D71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004268B6" w:rsidRPr="003D0E9B" w:rsidSect="00D25C76">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1843" w:right="1418" w:bottom="426" w:left="1418" w:header="709" w:footer="420" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78DADDA5" w14:textId="77777777" w:rsidR="00F825D5" w:rsidRDefault="00F825D5" w:rsidP="00A64ABF">
+    <w:p w14:paraId="33D07DFB" w14:textId="77777777" w:rsidR="005675B3" w:rsidRDefault="005675B3" w:rsidP="00A64ABF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E9FA5F6" w14:textId="77777777" w:rsidR="00F825D5" w:rsidRDefault="00F825D5" w:rsidP="00A64ABF">
+    <w:p w14:paraId="5869D374" w14:textId="77777777" w:rsidR="005675B3" w:rsidRDefault="005675B3" w:rsidP="00A64ABF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2364,61 +2359,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri (Textkörper)">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2859394A" w14:textId="77777777" w:rsidR="00F825D5" w:rsidRDefault="00F825D5" w:rsidP="00A64ABF">
+    <w:p w14:paraId="2D81C003" w14:textId="77777777" w:rsidR="005675B3" w:rsidRDefault="005675B3" w:rsidP="00A64ABF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12503665" w14:textId="77777777" w:rsidR="00F825D5" w:rsidRDefault="00F825D5" w:rsidP="00A64ABF">
+    <w:p w14:paraId="29974A0E" w14:textId="77777777" w:rsidR="005675B3" w:rsidRDefault="005675B3" w:rsidP="00A64ABF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="69C1E697" w14:textId="2EDAEBFE" w:rsidR="00FC1F6A" w:rsidRPr="00B346D2" w:rsidRDefault="00FC1F6A" w:rsidP="004B2048">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -2561,51 +2556,51 @@
   </w:p>
   <w:p w14:paraId="3404B6B9" w14:textId="77777777" w:rsidR="00817D71" w:rsidRPr="00817D71" w:rsidRDefault="00817D71" w:rsidP="00817D71">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri (Textkörper)"/>
         <w:color w:val="3E3D40"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00817D71">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri (Textkörper)"/>
         <w:color w:val="3E3D40"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>ISSN: 2960-4117</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="33E2A462" w14:textId="77777777" w:rsidR="00817D71" w:rsidRPr="00817D71" w:rsidRDefault="00F825D5" w:rsidP="00817D71">
+  <w:p w14:paraId="33E2A462" w14:textId="77777777" w:rsidR="00817D71" w:rsidRPr="00817D71" w:rsidRDefault="005675B3" w:rsidP="00817D71">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri (Textkörper)"/>
         <w:color w:val="3E3D40"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00817D71" w:rsidRPr="00817D71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri (Textkörper)"/>
           <w:color w:val="3E3D40"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>dislaw.at</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
@@ -4151,51 +4146,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0041041A"/>
     <w:rsid w:val="000020E5"/>
@@ -4278,50 +4273,51 @@
     <w:rsid w:val="0041041A"/>
     <w:rsid w:val="004216C9"/>
     <w:rsid w:val="00422253"/>
     <w:rsid w:val="004268B6"/>
     <w:rsid w:val="00433529"/>
     <w:rsid w:val="00437263"/>
     <w:rsid w:val="0045791E"/>
     <w:rsid w:val="00464FAC"/>
     <w:rsid w:val="004655A8"/>
     <w:rsid w:val="00465D8F"/>
     <w:rsid w:val="0047513A"/>
     <w:rsid w:val="0048509E"/>
     <w:rsid w:val="00490101"/>
     <w:rsid w:val="004A1968"/>
     <w:rsid w:val="004B082D"/>
     <w:rsid w:val="004B2048"/>
     <w:rsid w:val="004B7ECE"/>
     <w:rsid w:val="004C731D"/>
     <w:rsid w:val="004D0D41"/>
     <w:rsid w:val="004F3932"/>
     <w:rsid w:val="005121E7"/>
     <w:rsid w:val="00522D64"/>
     <w:rsid w:val="0053777B"/>
     <w:rsid w:val="0054552A"/>
     <w:rsid w:val="00547D29"/>
+    <w:rsid w:val="005675B3"/>
     <w:rsid w:val="0057268B"/>
     <w:rsid w:val="00572726"/>
     <w:rsid w:val="00573D3E"/>
     <w:rsid w:val="00574101"/>
     <w:rsid w:val="0058580B"/>
     <w:rsid w:val="00585DE7"/>
     <w:rsid w:val="00591ABF"/>
     <w:rsid w:val="00596BFA"/>
     <w:rsid w:val="005A42D2"/>
     <w:rsid w:val="005C0A37"/>
     <w:rsid w:val="005C63C5"/>
     <w:rsid w:val="005E0D15"/>
     <w:rsid w:val="005E176F"/>
     <w:rsid w:val="005E3463"/>
     <w:rsid w:val="005F10C0"/>
     <w:rsid w:val="00603FC8"/>
     <w:rsid w:val="0062332E"/>
     <w:rsid w:val="00635484"/>
     <w:rsid w:val="00640FCA"/>
     <w:rsid w:val="00645DA2"/>
     <w:rsid w:val="00664C60"/>
     <w:rsid w:val="006766EE"/>
     <w:rsid w:val="00676E76"/>
     <w:rsid w:val="00683F14"/>
     <w:rsid w:val="006A2206"/>
@@ -4393,91 +4389,93 @@
     <w:rsid w:val="00A3125A"/>
     <w:rsid w:val="00A378C0"/>
     <w:rsid w:val="00A4323D"/>
     <w:rsid w:val="00A44899"/>
     <w:rsid w:val="00A45EAF"/>
     <w:rsid w:val="00A47BAF"/>
     <w:rsid w:val="00A64ABF"/>
     <w:rsid w:val="00A75D35"/>
     <w:rsid w:val="00A81F5F"/>
     <w:rsid w:val="00A87147"/>
     <w:rsid w:val="00A90C84"/>
     <w:rsid w:val="00AA0962"/>
     <w:rsid w:val="00AA4D5D"/>
     <w:rsid w:val="00AC5CCA"/>
     <w:rsid w:val="00AE7A27"/>
     <w:rsid w:val="00AF37F0"/>
     <w:rsid w:val="00AF6D71"/>
     <w:rsid w:val="00B03A18"/>
     <w:rsid w:val="00B14C4A"/>
     <w:rsid w:val="00B15C46"/>
     <w:rsid w:val="00B24696"/>
     <w:rsid w:val="00B24DBA"/>
     <w:rsid w:val="00B346D2"/>
     <w:rsid w:val="00B45BCA"/>
     <w:rsid w:val="00B51387"/>
+    <w:rsid w:val="00B657E1"/>
     <w:rsid w:val="00B75546"/>
     <w:rsid w:val="00B84D80"/>
     <w:rsid w:val="00BA5DEC"/>
     <w:rsid w:val="00BB07A9"/>
     <w:rsid w:val="00BB2CEC"/>
     <w:rsid w:val="00BB576B"/>
     <w:rsid w:val="00BB7991"/>
     <w:rsid w:val="00BC2330"/>
     <w:rsid w:val="00BD3826"/>
     <w:rsid w:val="00BF48F8"/>
     <w:rsid w:val="00BF49FF"/>
     <w:rsid w:val="00BF5667"/>
     <w:rsid w:val="00C00962"/>
     <w:rsid w:val="00C059E2"/>
     <w:rsid w:val="00C31BDB"/>
     <w:rsid w:val="00C34EB6"/>
     <w:rsid w:val="00C5438E"/>
     <w:rsid w:val="00C56E33"/>
     <w:rsid w:val="00C601D4"/>
     <w:rsid w:val="00C80738"/>
     <w:rsid w:val="00C81DFC"/>
     <w:rsid w:val="00C82773"/>
     <w:rsid w:val="00C925DE"/>
     <w:rsid w:val="00C95F18"/>
     <w:rsid w:val="00CA3B03"/>
     <w:rsid w:val="00CA5E2F"/>
     <w:rsid w:val="00CB0790"/>
     <w:rsid w:val="00CB0A7A"/>
     <w:rsid w:val="00CB7261"/>
     <w:rsid w:val="00CC01F9"/>
     <w:rsid w:val="00CD377F"/>
     <w:rsid w:val="00CD685A"/>
     <w:rsid w:val="00CE50CA"/>
     <w:rsid w:val="00CF68F3"/>
     <w:rsid w:val="00D1059C"/>
     <w:rsid w:val="00D16A12"/>
     <w:rsid w:val="00D25C76"/>
     <w:rsid w:val="00D42486"/>
     <w:rsid w:val="00D55948"/>
     <w:rsid w:val="00D56DFF"/>
     <w:rsid w:val="00D70BD5"/>
+    <w:rsid w:val="00D7637E"/>
     <w:rsid w:val="00D7643A"/>
     <w:rsid w:val="00DA576F"/>
     <w:rsid w:val="00DB60E7"/>
     <w:rsid w:val="00DC1E28"/>
     <w:rsid w:val="00E02FB5"/>
     <w:rsid w:val="00E1387F"/>
     <w:rsid w:val="00E15AF3"/>
     <w:rsid w:val="00E266F8"/>
     <w:rsid w:val="00E428AA"/>
     <w:rsid w:val="00E5124C"/>
     <w:rsid w:val="00E52DDC"/>
     <w:rsid w:val="00E549A9"/>
     <w:rsid w:val="00E65BB4"/>
     <w:rsid w:val="00E66A93"/>
     <w:rsid w:val="00EC21A8"/>
     <w:rsid w:val="00ED256C"/>
     <w:rsid w:val="00ED336B"/>
     <w:rsid w:val="00ED438D"/>
     <w:rsid w:val="00EF2911"/>
     <w:rsid w:val="00F1394B"/>
     <w:rsid w:val="00F34904"/>
     <w:rsid w:val="00F61360"/>
     <w:rsid w:val="00F62587"/>
     <w:rsid w:val="00F64CAF"/>
     <w:rsid w:val="00F65930"/>
@@ -4487,50 +4485,51 @@
     <w:rsid w:val="00FA517F"/>
     <w:rsid w:val="00FA78A8"/>
     <w:rsid w:val="00FA79E6"/>
     <w:rsid w:val="00FB14EC"/>
     <w:rsid w:val="00FB263E"/>
     <w:rsid w:val="00FB479C"/>
     <w:rsid w:val="00FB71A6"/>
     <w:rsid w:val="00FC1F6A"/>
     <w:rsid w:val="00FF7279"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-CN" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4687E098"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E230EE1F-6CC5-4807-A2AE-4A75F98941CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -5895,82 +5894,90 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A2663C4-B111-4D5D-8862-6480FC3463E4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13F656C9-0126-419F-B065-A8D0D2C84E67}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>159</Words>
+  <Words>157</Words>
   <Characters>1198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>85</Lines>
   <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1314</CharactersWithSpaces>
+  <CharactersWithSpaces>1312</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Winkler Michaela</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>5967f048-58d7-4988-a26c-584f4169925b</vt:lpwstr>
+  </property>
+</Properties>
+</file>